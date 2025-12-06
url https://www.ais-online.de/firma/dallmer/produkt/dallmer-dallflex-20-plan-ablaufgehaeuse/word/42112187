--- v0 (2025-10-05)
+++ v1 (2025-12-06)
@@ -397,51 +397,51 @@
     </w:tblGrid>
     <w:tblPr>
       <w:tblW w:w="5000" w:type="pct"/>
       <w:tblLayout w:type="autofit"/>
       <w:bidiVisual w:val="0"/>
       <w:tblCellMar>
         <w:top w:w="60" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblBorders>
         <w:top w:val="single" w:sz="6"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tr>
       <w:trPr/>
       <w:tc>
         <w:tcPr/>
         <w:p>
           <w:pPr>
             <w:jc w:val="left"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
-            <w:t xml:space="preserve">05.10.2025</w:t>
+            <w:t xml:space="preserve">06.12.2025</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr/>
         <w:p>
           <w:pPr>
             <w:jc w:val="center"/>
           </w:pPr>
           <w:hyperlink r:id="rId1" w:history="1">
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">powered by Heinze</w:t>
             </w:r>
           </w:hyperlink>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr/>
         <w:p>
           <w:pPr>
             <w:jc w:val="right"/>